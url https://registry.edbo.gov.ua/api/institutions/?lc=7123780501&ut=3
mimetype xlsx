--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>опорний заклад освіти "Балаклеївський ліцей імені Євгенії Гуглі" Балаклеївської сільської ради Черкаської області</t>
+          <t>опорний заклад освіти "Балаклеївський ліцей" Балаклеївської сільської ради Черкаської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>138974</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>ОЗО "Балаклеївський ліцей ім. Є. Гуглі"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>