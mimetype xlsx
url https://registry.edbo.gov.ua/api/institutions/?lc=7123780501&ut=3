--- v1 (2025-12-12)
+++ v2 (2026-03-27)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>опорний заклад освіти "Балаклеївський ліцей" Балаклеївської сільської ради Черкаської області</t>
+          <t>Опорний заклад освіти "Балаклеївський ліцей" Балаклеївської сільської ради Черкаської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>138974</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ОЗО "Балаклеївський ліцей ім. Є. Гуглі"</t>
+          <t>ОЗО "Балаклеївський ліцей"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7123780501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>