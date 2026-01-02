--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -1008,51 +1008,51 @@
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Леськівська гімназія Монастирищенської міської ради Черкаської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>134991</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>Леськівська гімназія</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>7123484001</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Леськове, Монастирищенський район, Черкаська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Садова, 1</t>