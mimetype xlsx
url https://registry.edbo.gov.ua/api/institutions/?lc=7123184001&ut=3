--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -367,78 +367,78 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7123184001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Кривець, Маньківський район, Черкаська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 7 а</t>
+          <t>вулиця Центральна, 21</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA71060150050028613</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Уманський р-н, с. Кривець</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Маньківської селищної ради Черкаської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04748)75-5-54</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>krivec_sh@ukr.net</t>
+          <t>kriv.fil@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://kryvec.school.org.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Слюсаренко Оксана Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>