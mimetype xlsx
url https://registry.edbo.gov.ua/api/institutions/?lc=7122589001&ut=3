--- v0 (2025-10-21)
+++ v1 (2026-03-10)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Сухинівська філія Квітчанського ліцею Селищенської сільської ради Черкаської області</t>
+          <t>Сухинівська філія Квітчанського ліцею імені Василя Отземка Селищенської сільської ради Черкаської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135430</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Сухинівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>