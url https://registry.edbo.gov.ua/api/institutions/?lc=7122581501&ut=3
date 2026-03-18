--- v0 (2025-11-03)
+++ v1 (2026-03-18)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, с. Деренковець</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Набутівської сільської ради Корсунь-Шевченківського району</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(047)3599444</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>derenkovets_nvk@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Лісничий Віталій Валентинович</t>
+          <t>Директор Дьолог Руслан Петрович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>