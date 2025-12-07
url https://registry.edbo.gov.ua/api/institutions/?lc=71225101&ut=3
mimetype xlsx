--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -432,362 +432,362 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Корсунь-Шевченківська гімназія №2 з початковою школою Корсунь-Шевченківської міської ради Черкаської області</t>
+          <t>Корсунь-Шевченківська гімназія №1 з початковою школою Корсунь-Шевченківської міської ради Черкаської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>135996</v>
+        <v>135956</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Корсунь-Шевченківська гімназія №2</t>
+          <t>гімназія №1 К-Ш МР</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>7122510100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Корсунь-Шевченківський, Корсунь-Шевченківський район, Черкаська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благовісна (Кірова), 38/1</t>
+          <t>вулиця Академіка О.А. Захаренка, 4</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA71080170010098381</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, м. Корсунь-Шевченківський</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Корсунь-Шевченківської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(04735)24771</t>
+          <t>(04735)2-45-16</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>zosh2_korsyn@ukr.net</t>
+          <t>skors1@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>https://korsyn-zosh2.e-schools.info</t>
+          <t>https://sites.google.com/view/schoolkors1</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Пустовіт Олена Петрівна</t>
+          <t>Директор Морозюк Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Корсунь-Шевченківська гімназія №5 з початковою школою Корсунь-Шевченківської міської ради Черкаської області</t>
+          <t>Корсунь-Шевченківська гімназія №2 з початковою школою Корсунь-Шевченківської міської ради Черкаської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>135957</v>
+        <v>135996</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Гімназія № 5 К-Ш МР</t>
+          <t>Корсунь-Шевченківська гімназія №2</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>7122510100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Корсунь-Шевченківський, Корсунь-Шевченківський район, Черкаська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Костомарова, 29</t>
+          <t>вулиця Благовісна (Кірова), 38/1</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA71080170010098381</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, м. Корсунь-Шевченківський</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Корсунь-Шевченківської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(04735)31413</t>
+          <t>(04735)24771</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>ksh.school5@meta.ua</t>
+          <t>zosh2_korsyn@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/korssool5</t>
+          <t>https://korsyn-zosh2.e-schools.info</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Степанова Тетяна Михайлівна</t>
+          <t>Директор Пустовіт Олена Петрівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Корсунь-Шевченківська загальноосвітня школа І-ІІІ ступенів №1 Корсунь-Шевченківської міської ради Черкаської області</t>
+          <t>Корсунь-Шевченківська гімназія №5 з початковою школою Корсунь-Шевченківської міської ради Черкаської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>135956</v>
+        <v>135957</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>Школа № 1 І-ІІІ ст.</t>
+          <t>Гімназія № 5 К-Ш МР</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>7122510100</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Корсунь-Шевченківський, Корсунь-Шевченківський район, Черкаська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка О.А. Захаренка, 4</t>
+          <t>вулиця Костомарова, 29</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA71080170010098381</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, м. Корсунь-Шевченківський</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Корсунь-Шевченківської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(04735)2-45-16</t>
+          <t>(04735)31413</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>skors1@ukr.net</t>
+          <t>ksh.school5@meta.ua</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/schoolkors1</t>
+          <t>https://sites.google.com/view/korssool5</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Морозюк Людмила Миколаївна</t>
+          <t>Директор Степанова Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">