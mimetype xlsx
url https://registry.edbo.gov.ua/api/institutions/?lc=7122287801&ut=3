--- v0 (2025-10-25)
+++ v1 (2026-03-27)
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Звенигородський р-н, с. Шостакове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Калинопільської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04742)30199</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Shostakovo1964@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Калінічук Тамара Володимирівна</t>
+          <t>Т.в.о. директора Гавриш Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>