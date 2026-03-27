--- v0 (2025-10-25)
+++ v1 (2026-03-27)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Калинопільської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04742)96240</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>palchic_school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://palchyk.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Кірова Ірина Володимирівна</t>
+          <t>Т.в.о. директора Лучко Таїсія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>