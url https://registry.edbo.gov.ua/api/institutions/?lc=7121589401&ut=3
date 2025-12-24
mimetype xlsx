--- v0 (2025-10-31)
+++ v1 (2025-12-24)
@@ -397,51 +397,55 @@
           <t>UA71040090020036320</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Золотоніський р-н, с. Благодатне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Золотоніської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(063)2712380</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>chapaevka.school@gmail.com</t>
         </is>
       </c>
-      <c r="S2" s="4"/>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>https://blagodatne.wixsite.com/blagodatne-school</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Вертипорох Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>