--- v0 (2025-10-27)
+++ v1 (2026-03-31)
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Шевченківської сільської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(047)4095331</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>zhnvk@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://shevch-nvk.edukit.ck.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Красюк Наталія Михайлівна</t>
+          <t>Директор Прядко Анна Геннадіївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>