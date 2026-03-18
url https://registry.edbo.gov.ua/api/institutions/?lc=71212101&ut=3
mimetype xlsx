--- v0 (2025-11-24)
+++ v1 (2026-03-18)
@@ -932,51 +932,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>7121210100</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Звенигородка, Звенигородський район, Черкаська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дениса Давидова, 17</t>
+          <t>вулиця Виговського Івана, 17</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA71020130010081908</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Звенигородський р-н, м. Звенигородка</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Звенигородської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(04740)22499</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">