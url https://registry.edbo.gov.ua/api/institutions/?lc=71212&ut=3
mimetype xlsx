--- v0 (2025-12-19)
+++ v1 (2026-03-20)
@@ -1384,51 +1384,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>7121210100</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Звенигородка, Звенигородський район, Черкаська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дениса Давидова, 17</t>
+          <t>вулиця Виговського Івана, 17</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA71020130010081908</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Звенигородський р-н, м. Звенигородка</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Звенигородської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(04740)22499</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
@@ -3197,51 +3197,51 @@
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Шевченківської сільської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(047)4095331</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>zhnvk@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
           <t>http://shevch-nvk.edukit.ck.ua/</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Красюк Наталія Михайлівна</t>
+          <t>Директор Прядко Анна Геннадіївна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">