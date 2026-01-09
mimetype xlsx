--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -3080,51 +3080,51 @@
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Шрамківської сільської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(047)3897440</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>yavzos@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
           <t>https://yavzos.webnode.com.ua</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Дубина Світлана Миколаївна</t>
+          <t>Директор Олаба Володимир Володимирович</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
   </sheetData>