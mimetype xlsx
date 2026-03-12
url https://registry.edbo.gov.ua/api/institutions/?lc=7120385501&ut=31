--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, с. Орловець</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Городищенської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)1184243</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>orlovetsdnz@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://orlovetsdnz.at.ua/</t>
+          <t>https://orlovetsdnz.pulse.is/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Лисаченко Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>