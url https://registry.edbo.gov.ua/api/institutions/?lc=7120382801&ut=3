--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 54</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA71080110040038237</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, с. Дирдин</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Городищенської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(097)8475036</t>
+          <t>(067)3572367</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>durdun_zosh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://www.dyrdin-zosh.ck.sch.in.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Гибало Віталій Петрович</t>
+          <t>Директор Лисак Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>