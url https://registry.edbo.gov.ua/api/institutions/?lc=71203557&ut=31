--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -367,84 +367,84 @@
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7120355700</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Цвіткове, Городищенський район, Черкаська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>провулок Кооперативний, 5</t>
+          <t>вулиця Шкільна, 72</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA71080110020067173</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, с-ще Цвіткове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Городищенської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)9460284</t>
+          <t>(098)213-51-84</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>svetlana478@ukr.net</t>
+          <t>tsvitkovezdo@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Перетятко Світлана Василівна</t>
+          <t>Т.в.о. директора Сорокаліт Наталія Григорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>