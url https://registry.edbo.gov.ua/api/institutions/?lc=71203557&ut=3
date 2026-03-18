--- v0 (2025-12-24)
+++ v1 (2026-03-18)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA71080110020067173</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, с-ще Цвіткове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Городищенської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)9633013</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>CVITKOVO_SCHOOL@ukr.net</t>
+          <t>cvitkovo_school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/cvitkovezzso</t>
+          <t>https://sites.google.com/view/cvitkovezzso/головна-сторінка</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Лупашко Надія Федорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>