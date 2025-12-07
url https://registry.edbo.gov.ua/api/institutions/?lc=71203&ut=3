--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1405,67 +1405,67 @@
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 54</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA71080110040038237</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., Черкаський р-н, с. Дирдин</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Городищенської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(097)8475036</t>
+          <t>(067)3572367</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>durdun_zosh@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>http://www.dyrdin-zosh.ck.sch.in.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Гибало Віталій Петрович</t>
+          <t>Директор Лисак Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">