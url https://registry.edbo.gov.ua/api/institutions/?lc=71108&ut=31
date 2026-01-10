--- v0 (2025-11-07)
+++ v1 (2026-01-10)
@@ -959,51 +959,51 @@
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA71060210010010251</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Умань</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та гуманітарної політики Уманської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(04744)36082</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>dnz25vishenka@gmail.com</t>
+          <t>zdo25uman@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://dnz-25.wixsite.com/uman</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Завідувач Дідура Любов Олексіївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>