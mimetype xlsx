--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Золотоніська гімназія ім. С.Д. Скляренка Золотоніської міської ради Черкаської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>142593</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>гімназія ім.С.Д.Скляренка</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7110400000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Золотоноша, Черкаська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Черкаська, 54</t>
@@ -1082,51 +1082,51 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(047)3722324</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>sekretarinternat@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://zolointernat.ck.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Сахно Тетяна Миколаївна</t>
+          <t>В.о. директора Сахно Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">