--- v0 (2025-12-07)
+++ v1 (2026-02-10)
@@ -961,51 +961,51 @@
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(04736)3-24-79</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>intern83@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>sites.google.com/viev/kanivschool</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Гринець Сергій Володимирович</t>
+          <t>В.о. директора Гринець Сергій Володимирович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
   </sheetData>