--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -428,615 +428,619 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) № 65 "Котигорошко" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) №21 "Веселка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>167492</v>
+        <v>167464</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D3" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D3" s="4"/>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хоменка, 16/1</t>
+          <t>бульвар Шевченка, 179</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(0472)633788</t>
+          <t>(0472)332609</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>kotygoroshko65@ukr.net</t>
+          <t>detsad21@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://65.at.ua/</t>
+          <t>www.dnz21.site</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Петраш Наталія Олексіївна</t>
+          <t>Завідувач Новодран Світлана Василівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №21 "Веселка" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 1 "Дюймовочка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>167464</v>
+        <v>167456</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4"/>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>бульвар Шевченка, 179</t>
+          <t>вулиця Хрещатик, 135</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(0472)332609</t>
+          <t>(0472)376577</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>detsad21@ukr.net</t>
+          <t>dns1@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>www.dnz21.site</t>
+          <t>dnz1che.at.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Новодран Світлана Василівна</t>
+          <t>Завідувач Зобенько Олена Олексіївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №38 "Золотий ключик" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 18 "Вербиченька" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>167477</v>
+        <v>167463</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4"/>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благовісна, 215</t>
+          <t>вулиця Олександра Маломужа, 25</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(0472)379340</t>
+          <t>(0472)639788</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>dyt_sadok38@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnz18@ukr.net</t>
+        </is>
+      </c>
+      <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Глущенко Світлана Олексіївна</t>
+          <t>Завідувач Афанасенко Марія Вікторівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 1 "Дюймовочка" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №25 "Пізнайко" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>167456</v>
+        <v>167467</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D6" s="4"/>
+      <c r="D6" s="4" t="inlineStr">
+        <is>
+          <t>ДНЗ №25 "Пізнайко"</t>
+        </is>
+      </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хрещатик, 135</t>
+          <t>вулиця Героїв Майдану, 18</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(0472)376577</t>
+          <t>(0472)669459</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>dns1@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnz25@ukr.net</t>
+        </is>
+      </c>
+      <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Зобенько Олена Олексіївна</t>
+          <t>Завідувач Ратушна Валентина Василівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 18 "Вербиченька" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти (спеціальний дитячий садок) № 74 "Лісова пісня" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>167463</v>
+        <v>167497</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D7" s="4"/>
+      <c r="D7" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 74</t>
+        </is>
+      </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олександра Маломужа, 25</t>
+          <t>провулок Медичний, 14</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(0472)639788</t>
+          <t>(0472)544628</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>dnz18@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S7" s="4"/>
+          <t>lisova_pisnya@ukr.net</t>
+        </is>
+      </c>
+      <c r="S7" s="4" t="inlineStr">
+        <is>
+          <t>www.lisova-pisnya.ck.ua</t>
+        </is>
+      </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Афанасенко Марія Вікторівна</t>
+          <t>Директор Прокопенко Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 41 "Дударик" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 41 "Дударик" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>167479</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D8" s="4"/>
+      <c r="D8" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 41</t>
+        </is>
+      </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Смілянська, 81</t>
@@ -1054,98 +1058,102 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(0472)639403</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>dnz_41_dudaryk@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://dnz41.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Тябут Любов Григорівна</t>
+          <t>Директор Тябут Любов Григорівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 54 "Метелик" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 54 "Метелик" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>167484</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D9" s="4"/>
+      <c r="D9" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 54</t>
+        </is>
+      </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Праведниці Шулежко, 143/1</t>
@@ -1163,382 +1171,390 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(0472)335676</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>dnz_54@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://cms.dnz-54.webnode.ru/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Грабар Наталія Миколаївна</t>
+          <t>Директор Грабар Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №25 "Пізнайко" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 65 "Котигорошко" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>167467</v>
+        <v>167492</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №25 "Пізнайко"</t>
+          <t>ЗДО № 65</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Майдану, 18</t>
+          <t>вулиця Хоменка, 16/1</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(0472)669459</t>
+          <t>(0472)633788</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>dnz25@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S10" s="4"/>
+          <t>kotygoroshko65@ukr.net</t>
+        </is>
+      </c>
+      <c r="S10" s="4" t="inlineStr">
+        <is>
+          <t>http://65.at.ua/</t>
+        </is>
+      </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Ратушна Валентина Василівна</t>
+          <t>Директор Кравченко Надія Володимирівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №89 "Віночок" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №38 "Дивограй" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>167506</v>
+        <v>167477</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ЗДО № 38</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тараскова, 8</t>
+          <t>вулиця Благовісна, 215</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0472)667615</t>
+          <t>(0472)379340</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>dnz89-vinochok@ukr.net</t>
+          <t>dyt_sadok38@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>vinochok.ck.ua</t>
+          <t>dnz38.ck.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Хижняк Юлія Володимирівна</t>
+          <t>Директор Глущенко Світлана Олексіївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) санаторного типу № 74 "Лісова пісня" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №89 "Віночок" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>167497</v>
+        <v>167506</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D12" s="4"/>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 89</t>
+        </is>
+      </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (санаторний)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>провулок Медичний, 14</t>
+          <t>вулиця Тараскова, 8</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(0472)544628</t>
+          <t>(0472)667615</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>lisova_pisnya@ukr.net</t>
+          <t>dnz89-vinochok@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>www.lisova-pisnya.ck.ua</t>
+          <t>vinochok.ck.ua</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Прокопенко Валентина Володимирівна</t>
+          <t>Директор Рямова Інна Миколаївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">