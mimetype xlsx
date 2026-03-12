--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -755,397 +755,393 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №59 "Петрушка" Черкаської міської ради.</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 5 "Червона гвоздика"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>167487</v>
+        <v>167458</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D6" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D6" s="4"/>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нарбутівська, 117</t>
+          <t>вулиця Надпільна, 301</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(0472)713994</t>
+          <t>(0472)543585</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>dnz59@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>gvozdika5@ukr.net</t>
+        </is>
+      </c>
+      <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Солоха Галина Володимирівна</t>
+          <t>Завідувач Гончаренко Анна Сергіївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 5 "Червона гвоздика"</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 9 "Ластівка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>167458</v>
+        <v>167460</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4"/>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Надпільна, 301</t>
+          <t>вулиця Надпільна, 470</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(0472)543585</t>
+          <t>(0472)735487</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>gvozdika5@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S7" s="4"/>
+          <t>dnz9@ukr.net</t>
+        </is>
+      </c>
+      <c r="S7" s="4" t="inlineStr">
+        <is>
+          <t>https://dnz997.wixsite.com/lastivka</t>
+        </is>
+      </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Гончаренко Анна Сергіївна</t>
+          <t>Завідувач Шевченко Неля Леонідівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 9 "Ластівка" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Ор Авнер"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>167460</v>
+        <v>176307</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D8" s="4"/>
+      <c r="D8" s="4" t="inlineStr">
+        <is>
+          <t>ДНЗ (ясла-садок) "Ор Авнер"</t>
+        </is>
+      </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Надпільна, 470</t>
+          <t>вулиця Благовісна, 148</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(0472)735487</t>
+          <t>(097)9474311</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
-      <c r="R8" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R8" s="4"/>
+      <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Шевченко Неля Леонідівна</t>
+          <t>Завідувач Вовк Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №43 "Морська хвиля" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №43 "Морська хвиля" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>167480</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D9" s="4"/>
+      <c r="D9" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 43</t>
+        </is>
+      </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Різдвяна, 7а</t>
@@ -1163,697 +1159,725 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(0472)722226</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>dnz43@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://dnz43.ck.ua/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Перетятько Світлана Валеріївна</t>
+          <t>Директор Перетятько Світлана Валеріївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №62 "Казка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №59 "Зернятко" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>167490</v>
+        <v>167487</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D10" s="4"/>
+      <c r="D10" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 59</t>
+        </is>
+      </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нарбутівська, 204</t>
+          <t>вулиця Нарбутівська, 117</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(0472)731696</t>
+          <t>(0472)713994</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>ds62skazka@gmail.com</t>
+          <t>dnz59@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>dnz62-kazka.site</t>
+          <t>http://dnz59.ck.sch.in.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Бельдій Лариса Григорівна</t>
+          <t>Директор Солоха Галина Володимирівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №77 "Берізка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №62 "Казка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>167499</v>
+        <v>167490</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D11" s="4"/>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 62</t>
+        </is>
+      </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 504</t>
+          <t>вулиця Нарбутівська, 204</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0472)733805</t>
+          <t>(0472)731696</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>dnz77@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S11" s="4"/>
+          <t>ds62skazka@gmail.com</t>
+        </is>
+      </c>
+      <c r="S11" s="4" t="inlineStr">
+        <is>
+          <t>dnz62-kazka.site</t>
+        </is>
+      </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Шевченко Алла Сергіївна</t>
+          <t>Директор Бельдій Лариса Григорівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №81 "Незабудка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №77 "Берізка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>167501</v>
+        <v>167499</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D12" s="4"/>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 77</t>
+        </is>
+      </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благовісна, 272</t>
+          <t>вулиця Гоголя, 504</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(0472)312717</t>
+          <t>(0472)733805</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>dnz-81@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnz77@ukr.net</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Надоложко Любов Володимирівна</t>
+          <t>Директор Шевченко Алла Сергіївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №90 " Весняночка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №81 "Незабудка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>167507</v>
+        <v>167501</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D13" s="4"/>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 81</t>
+        </is>
+      </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Припортова, 12</t>
+          <t>вулиця Благовісна, 272</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(0472)723911</t>
+          <t>(0472)312717</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>DNZ_90@ukr.net</t>
+          <t>dnz-81@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>DNZ90.ck.ua</t>
+          <t>dnz81.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Крайсвітня Ірина Вікторівна</t>
+          <t>Директор Надоложко Любов Володимирівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №91 "Кобзарик"Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №90 " Весняночка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>167508</v>
+        <v>167507</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D14" s="4"/>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 90</t>
+        </is>
+      </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Захисників Азовсталі, 4</t>
+          <t>вулиця Припортова, 12</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(0472)72-70-43</t>
+          <t>(0472)723911</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>dnz91@i.ua</t>
+          <t>DNZ_90@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>https://dnz91.webnode.com.ua</t>
+          <t>DNZ90.ck.ua</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Бугайова Алла Петрівна</t>
+          <t>Директор Крайсвітня Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Ор Авнер"</t>
+          <t>Заклад дошкільної освіти №91 "Кобзарик" Черкаськлї міської територіальної громади</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>176307</v>
+        <v>167508</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ (ясла-садок) "Ор Авнер"</t>
+          <t>ЗДО № 91</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благовісна, 148</t>
+          <t>вулиця Захисників Азовсталі, 4</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(097)9474311</t>
+          <t>(0472)72-70-43</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
-      <c r="R15" s="4"/>
-      <c r="S15" s="4"/>
+      <c r="R15" s="4" t="inlineStr">
+        <is>
+          <t>dnz91@i.ua</t>
+        </is>
+      </c>
+      <c r="S15" s="4" t="inlineStr">
+        <is>
+          <t>https://dnz91.webnode.com.ua</t>
+        </is>
+      </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Вовк Тетяна Вікторівна</t>
+          <t>Директор Бугайова Алла Петрівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">