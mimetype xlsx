--- v0 (2025-10-13)
+++ v1 (2025-12-03)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(047)2663410</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>specintzir@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>zir-school.ck.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Брик Людмила Володимирівна</t>
+          <t>В.о. директора Шевченко Інна Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -2261,51 +2261,51 @@
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(0472)315920</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>ssbschool18@gmail.com</t>
         </is>
       </c>
       <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Грищенко Василь Володимирович</t>
+          <t>Директор Бахарєва Наталія Євгеніївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">