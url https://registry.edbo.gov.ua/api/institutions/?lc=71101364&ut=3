--- v1 (2025-12-03)
+++ v2 (2026-02-01)
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(0472)715118</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>sanatorna.ck.2st@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://sanschool.ck.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Шарапа Людмила Володимирівна</t>
+          <t>В.о. директора Шарапа Людмила Володимирівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -630,51 +630,51 @@
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(047)2731921, (047)2732003</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>krainadobra.ck@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://krainadobra.ck.ua/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Зганяйко Ірина Францівна</t>
+          <t>В.о. директора Зганяйко Ірина Францівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
@@ -706,51 +706,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пушкіна, 90</t>
+          <t>вулиця Праведниці Шулежко, 90</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(047)2542933</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
@@ -848,51 +848,51 @@
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(0472)724108</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>gymnasium31.ck@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://gymnasia31.ck.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Шамара Сергій Олександрович</t>
+          <t>Директор Пилипюк Оксана Григорівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
@@ -2729,51 +2729,51 @@
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Черкаський фізико-математичний ліцей (ФІМЛІ) Черкаської міської ради Черкаської області</t>
+          <t>Черкаський науковий фізико-математичний ліцей "ФІМЛІ"</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
         <v>134551</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>