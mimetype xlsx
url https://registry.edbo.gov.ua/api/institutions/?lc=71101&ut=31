--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -319,5909 +319,6001 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад ( ясла - садок) №61 " Ягідка " Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (дитячий садок) спеціального типу №29 "Ластівка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
-        <v>167489</v>
+        <v>167469</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D2" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D2" s="4"/>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>7110100000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Максима Залізняка, 93/1</t>
+          <t>бульвар Шевченка, 176</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(0472)644757</t>
+          <t>(0472)372236</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>dnz61@ukr.net</t>
+          <t>dnz29@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>www.dnz61.site</t>
+          <t>http://dnz29.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Горохівська Наталія Володимирівна</t>
+          <t>Завідувач Єрмоленко Лілія Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад ( ясла - садок) комбінованого типу № 83 "Лісова казка" Черкаської міської ради</t>
+          <t>дошкільний навчальний заклад (дитячий садок) спеціального типу №7 "Зірочка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
-        <v>167502</v>
+        <v>167459</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>7110100000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Майдану, 3/1</t>
+          <t>провулок Південний, 18</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(0472)661647</t>
+          <t>(0472)640033</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>lisova_kazka@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnz_zirochka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Подзігун Юлія Іванівна</t>
+          <t>Завідувач Мацнєва Інна Василівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (дитячий садок) спеціального типу №29 "Ластівка" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) № 33 "Супутник" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>167469</v>
+        <v>167473</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4"/>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136700</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>бульвар Шевченка, 176</t>
+          <t>провулок Івана Сірка, 7</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(0472)372236</t>
+          <t>(0472)376568</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>dnz29@ukr.net</t>
+          <t>dnzsypytnuk@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>http://dnz29.edukit.ck.ua</t>
+          <t>sypytnuk33.webnode.com.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Єрмоленко Лілія Олександрівна</t>
+          <t>Завідувач Тарановська Ірина Георгіївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>дошкільний навчальний заклад (дитячий садок) спеціального типу №7 "Зірочка" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) № 34 "Дніпряночка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>167459</v>
+        <v>167474</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4"/>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>провулок Південний, 18</t>
+          <t>вулиця Володимира Великого, 53</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(0472)640033</t>
+          <t>(0472)331869</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>dnz_zirochka@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S5" s="4"/>
+          <t>dnz34@ukr.net</t>
+        </is>
+      </c>
+      <c r="S5" s="4" t="inlineStr">
+        <is>
+          <t>dnz34.edukit.ck.ua</t>
+        </is>
+      </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Мацнєва Інна Василівна</t>
+          <t>Завідувач Перцева Олена Володимирівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла - садок) № 63 "Тополька" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) №2 "Сонечко" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>167491</v>
+        <v>167457</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D6" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D6" s="4"/>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Самійла Кішки, 216/1</t>
+          <t>вулиця Хрещатик, 261</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(0472)641300</t>
+          <t>(0472)543666</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>sadok.63@ukr.net</t>
+          <t>sonechko.box@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://dnz63.edukit.ck.ua</t>
+          <t>dnz2.ck.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Мельник Алла Миколаївна</t>
+          <t>Завідувач Ховайба Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) № 33 "Супутник" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) №21 "Веселка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>167473</v>
+        <v>167464</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4"/>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>провулок Івана Сірка, 7</t>
+          <t>бульвар Шевченка, 179</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(0472)376568</t>
+          <t>(0472)332609</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>dnzsypytnuk@ukr.net</t>
+          <t>detsad21@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>sypytnuk33.webnode.com.ua</t>
+          <t>www.dnz21.site</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Тарановська Ірина Георгіївна</t>
+          <t>Завідувач Новодран Світлана Василівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) № 34 "Дніпряночка" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) №22 "Жайворонок" Черкаcької міської ради</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>167474</v>
+        <v>167465</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4"/>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Великого, 53</t>
+          <t>вулиця Гоголя, 490</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(0472)331869</t>
+          <t>(0472)733623</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>dnz34@ukr.net</t>
+          <t>detsad22gajvoronok@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>dnz34.edukit.ck.ua</t>
+          <t>www.dnz22.site</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Перцева Олена Володимирівна</t>
+          <t>Завідувач Литовченко Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) № 55 "Лісовий куточок" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) №30 "Вербиченька" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>167485</v>
+        <v>167470</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4"/>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Самійла Кішки, 187/1</t>
+          <t>вулиця Припортова, 29</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(0472)643255</t>
+          <t>(0472)734039</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>dytsad-55-ck@ukr.net</t>
+          <t>dnz30@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>dnz55.edukit.ck.ua</t>
+          <t>verbichenka-30.at.ua</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Горячковська Валентина Анатоліївна</t>
+          <t>Завідувач Мороз Світлана Григорівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) № 65 "Котигорошко" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 1 "Дюймовочка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>167492</v>
+        <v>167456</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D10" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D10" s="4"/>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хоменка, 16/1</t>
+          <t>вулиця Хрещатик, 135</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(0472)633788</t>
+          <t>(0472)376577</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>kotygoroshko65@ukr.net</t>
+          <t>dns1@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://65.at.ua/</t>
+          <t>dnz1che.at.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Петраш Наталія Олексіївна</t>
+          <t>Завідувач Зобенько Олена Олексіївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) № 76 "Золотий Півник" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 18 "Вербиченька" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>167498</v>
+        <v>167463</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4"/>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136700</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця М. Грушевського, 136/1</t>
+          <t>вулиця Олександра Маломужа, 25</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(0472)331017</t>
+          <t>(0472)639788</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>dnz_76@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnz18@ukr.net</t>
+        </is>
+      </c>
+      <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Норенко Лариса Григорівна</t>
+          <t>Завідувач Афанасенко Марія Вікторівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) № 86 "Світанок" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 5 "Червона гвоздика"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>167504</v>
+        <v>167458</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D12" s="4"/>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Канівська, 3</t>
+          <t>вулиця Надпільна, 301</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(0472)310009</t>
+          <t>(0472)543585</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>sadok86svitanok@gmai.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>gvozdika5@ukr.net</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Друзь Юлія Андріївна</t>
+          <t>Завідувач Гончаренко Анна Сергіївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №2 "Сонечко" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 9 "Ластівка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>167457</v>
+        <v>167460</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хрещатик, 261</t>
+          <t>вулиця Надпільна, 470</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(0472)543666</t>
+          <t>(0472)735487</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>sonechko.box@gmail.com</t>
+          <t>dnz9@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>dnz2.ck.ua</t>
+          <t>https://dnz997.wixsite.com/lastivka</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Ховайба Світлана Володимирівна</t>
+          <t>Завідувач Шевченко Неля Леонідівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №21 "Веселка" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №10 "Ялинка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>167464</v>
+        <v>167461</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>7110136700</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>бульвар Шевченка, 179</t>
+          <t>вулиця Пастерівська, 57</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010259590</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(0472)332609</t>
+          <t>(0472)377334</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>detsad21@ukr.net</t>
+          <t>ds10@ua.fm</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>www.dnz21.site</t>
+          <t>dnz10.ck.ua</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Новодран Світлана Василівна</t>
+          <t>Завідувач Рисіч Вікторія Владиславівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №22 "Жайворонок" Черкаcької міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №25 "Пізнайко" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>167465</v>
+        <v>167467</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D15" s="4"/>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>ДНЗ №25 "Пізнайко"</t>
+        </is>
+      </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110136700</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 490</t>
+          <t>вулиця Героїв Майдану, 18</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(0472)733623</t>
+          <t>(0472)669459</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>detsad22gajvoronok@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnz25@ukr.net</t>
+        </is>
+      </c>
+      <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Литовченко Наталія Володимирівна</t>
+          <t>Завідувач Ратушна Валентина Василівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №30 "Вербиченька" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) "Ор Авнер"</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>167470</v>
+        <v>176307</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D16" s="4"/>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>ДНЗ (ясла-садок) "Ор Авнер"</t>
+        </is>
+      </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Припортова, 29</t>
+          <t>вулиця Благовісна, 148</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(0472)734039</t>
+          <t>(097)9474311</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
-      <c r="R16" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R16" s="4"/>
+      <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Мороз Світлана Григорівна</t>
+          <t>Завідувач Вовк Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №37 "Ракета" Черкаської міської ради</t>
+          <t>Дошкільний навчальний заклад (ясла-садок) спеціального типу №13 "Золотий ключик" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>167476</v>
+        <v>167462</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (дитячий садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>7110100000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Самійла Кішки, 153/1</t>
+          <t>вулиця Сінна, 7</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(0472)640211</t>
+          <t>(0472)739333</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>37dnz@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnzS13@ukr.net</t>
+        </is>
+      </c>
+      <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Музиченко Людмила Петрівна</t>
+          <t>Завідувач Тодоренко Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №38 "Золотий ключик" Черкаської міської ради</t>
+          <t>Дошкільний навчальний залад (ясла-садок) №32 "Теремок" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>167477</v>
+        <v>167472</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
-          <t>7110136700</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благовісна, 215</t>
+          <t>вулиця Благовісна, 235-а</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010259590</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(0472)379340</t>
+          <t>(0472)375380</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>dyt_sadok38@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnz_32_teretmok@ukr.net</t>
+        </is>
+      </c>
+      <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Глущенко Світлана Олексіївна</t>
+          <t>Завідувач Шевченко Інна Петрівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №45 "Теремок" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти (спеціальний дитячий садок) № 74 "Лісова пісня" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>167481</v>
+        <v>167497</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D19" s="4"/>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 74</t>
+        </is>
+      </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136700</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця В'ячеслава Чорновола, 233а</t>
+          <t>провулок Медичний, 14</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(0472)646177</t>
+          <t>(0472)544628</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>dnz_45@ukr.net</t>
+          <t>lisova_pisnya@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>https://teremok45.jimdo.com/</t>
+          <t>www.lisova-pisnya.ck.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Бакум Оксана Анатоліївна</t>
+          <t>Директор Прокопенко Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №46 "Малюк" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 41 "Дударик" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>167482</v>
+        <v>167479</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D20" s="4"/>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 41</t>
+        </is>
+      </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136700</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярослава Чалого, 57</t>
+          <t>вулиця Смілянська, 81</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(0472)642242</t>
+          <t>(0472)639403</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>sadok46@ukr.net</t>
+          <t>dnz_41_dudaryk@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>dnz46.edukit.ck.ua</t>
+          <t>http://dnz41.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Пилипенко Віта Миколаївна</t>
+          <t>Директор Тябут Любов Григорівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №59 "Петрушка" Черкаської міської ради.</t>
+          <t>Заклад дошкільної освіти № 54 "Метелик" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>167487</v>
+        <v>167484</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ЗДО № 54</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110136700</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нарбутівська, 117</t>
+          <t>вулиця Праведниці Шулежко, 143/1</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(0472)713994</t>
+          <t>(0472)335676</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>dnz59@ukr.net</t>
+          <t>dnz_54@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>http://dnz59.ck.sch.in.ua/</t>
+          <t>http://cms.dnz-54.webnode.ru/</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Солоха Галина Володимирівна</t>
+          <t>Директор Грабар Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №69 "Росинка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 55 "Лісовий куточок" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>167493</v>
+        <v>167485</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №69 "Росинка" Черкаської міської ради</t>
+          <t>ЗДО № 55</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>7110100000</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Смаглія, 4</t>
+          <t>вулиця Самійла Кішки, 187/1</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(0472)335697</t>
+          <t>(0472)643255</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>sadrosinka69@ukr.net</t>
+          <t>dytsad-55-ck@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>dnz69.ck.sch.in.ua</t>
+          <t>dnz55.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Шамрай Марина Вадимівна</t>
+          <t>В.о. директора Гончар Ірина Валеріївна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №72 "Струмочок" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 60 "Левеня" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>167495</v>
+        <v>167488</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D23" s="4"/>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 60</t>
+        </is>
+      </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>7110100000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Смілянська, 121</t>
+          <t>вулиця Нарбутівська, 202</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(0472)633930</t>
+          <t>(0472)731691</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>strumochok72@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S23" s="4"/>
+          <t>dnz60@ukr.net</t>
+        </is>
+      </c>
+      <c r="S23" s="4" t="inlineStr">
+        <is>
+          <t>dnz60at.ua</t>
+        </is>
+      </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Фурса Ірина Олександрівна</t>
+          <t>Директор Ткаченко Олена Володимирівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №78 "Джерельце" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 63 "Тополька" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>167500</v>
+        <v>167491</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D24" s="4"/>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 63</t>
+        </is>
+      </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>7110100000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кобзарська, 38</t>
+          <t>вулиця Самійла Кішки, 216/1</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(0472)713565</t>
+          <t>(0472)641300</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>dnz78d@ukr.net</t>
+          <t>sadok.63@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>dnz78ck.ua</t>
+          <t>http://dnz63.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Борісова Ірина Володимирівна</t>
+          <t>Директор Мельник Алла Миколаївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №87 "Дельфін" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 65 "Котигорошко" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>167505</v>
+        <v>167492</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) №87 "Дельфін" Черкаської міської ради</t>
+          <t>ЗДО № 65</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136700</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумгаїтська, 45</t>
+          <t>вулиця Хоменка, 16/1</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(0472)660735</t>
+          <t>(0472)633788</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>dnz87delfin@ukr.net</t>
+          <t>kotygoroshko65@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>dolphin.ck.ua</t>
+          <t>http://65.at.ua/</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Арбачевська Наталія Миколаївна</t>
+          <t>Директор Кравченко Надія Володимирівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 1 "Дюймовочка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 70 "Настуся" Черкаської міської територільної освіти</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>167456</v>
+        <v>167494</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D26" s="4"/>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 70</t>
+        </is>
+      </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
-          <t>7110136700</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хрещатик, 135</t>
+          <t>вулиця Сумгаїтська, 55</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010259590</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(0472)376577</t>
+          <t>(0472)665613</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>dns1@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnz70@ukr.net</t>
+        </is>
+      </c>
+      <c r="S26" s="4"/>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Зобенько Олена Олексіївна</t>
+          <t>Директор Булатецька Тетяна Павлівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 18 "Вербиченька" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 76 "Яблунька" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>167463</v>
+        <v>167498</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D27" s="4"/>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 76</t>
+        </is>
+      </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
-          <t>7110136700</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олександра Маломужа, 25</t>
+          <t>вулиця М. Грушевського, 136/1</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010259590</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(0472)639788</t>
+          <t>(0472)331017</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>dnz18@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S27" s="4"/>
+          <t>dnz_76@ukr.net</t>
+        </is>
+      </c>
+      <c r="S27" s="4" t="inlineStr">
+        <is>
+          <t>dnz76ck.ua</t>
+        </is>
+      </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Афанасенко Марія Вікторівна</t>
+          <t>Директор Норенко Лариса Григорівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 41 "Дударик" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти № 86 "Світанок" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>167479</v>
+        <v>167504</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D28" s="4"/>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 86</t>
+        </is>
+      </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
-          <t>7110136700</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Смілянська, 81</t>
+          <t>вулиця Канівська, 3</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010259590</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(0472)639403</t>
+          <t>(0472)310009</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>dnz_41_dudaryk@ukr.net</t>
+          <t>sadok86svitanok@gmai.com</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>http://dnz41.edukit.ck.ua</t>
+          <t>dnz86.ck.sch.in.ua</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Тябут Любов Григорівна</t>
+          <t>В.о. директора Михлик Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 5 "Червона гвоздика"</t>
+          <t>Заклад дошкільної освіти №37 "Ракета" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>167458</v>
+        <v>167476</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D29" s="4"/>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 37</t>
+        </is>
+      </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Надпільна, 301</t>
+          <t>вулиця Самійла Кішки, 153/1</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(0472)543585</t>
+          <t>(0472)640211</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>gvozdika5@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S29" s="4"/>
+          <t>37dnz@ukr.net</t>
+        </is>
+      </c>
+      <c r="S29" s="4" t="inlineStr">
+        <is>
+          <t>http://dnz37.edukit.ck.ua</t>
+        </is>
+      </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Гончаренко Анна Сергіївна</t>
+          <t>Директор Шпортько Євгенія Леонідівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 54 "Метелик" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №38 "Дивограй" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>167484</v>
+        <v>167477</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D30" s="4"/>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 38</t>
+        </is>
+      </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Праведниці Шулежко, 143/1</t>
+          <t>вулиця Благовісна, 215</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(0472)335676</t>
+          <t>(0472)379340</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>dnz_54@ukr.net</t>
+          <t>dyt_sadok38@ukr.net</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>http://cms.dnz-54.webnode.ru/</t>
+          <t>dnz38.ck.ua</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Грабар Наталія Миколаївна</t>
+          <t>Директор Глущенко Світлана Олексіївна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 60 "Ялинка -Веселинка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №39 "Щасливе дитинство" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>167488</v>
+        <v>167478</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ЗДО № 39</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>7110100000</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нарбутівська, 202</t>
+          <t>вулиця Нижня Горова, 56</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(0472)731691</t>
+          <t>(0472)721868</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>dnz60@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>sadok39@ukr.net</t>
+        </is>
+      </c>
+      <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Ткаченко Олена Володимирівна</t>
+          <t>Директор Бардик Анна Олегівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу № 9 "Ластівка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №43 "Морська хвиля" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>167460</v>
+        <v>167480</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D32" s="4"/>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 43</t>
+        </is>
+      </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Надпільна, 470</t>
+          <t>вулиця Різдвяна, 7а</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(0472)735487</t>
+          <t>(0472)722226</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>dnz9@ukr.net</t>
+          <t>dnz43@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
-          <t>https://dnz997.wixsite.com/lastivka</t>
+          <t>http://dnz43.ck.ua/</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Шевченко Неля Леонідівна</t>
+          <t>Директор Перетятько Світлана Валеріївна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №10 "Ялинка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №45 "Теремок" Черкаської міської територіальної освіти</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>167461</v>
+        <v>167481</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D33" s="4"/>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 45</t>
+        </is>
+      </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>7110100000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пастерівська, 57</t>
+          <t>вулиця В'ячеслава Чорновола, 233а</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(0472)377334</t>
+          <t>(0472)646177</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>ds10@ua.fm</t>
+          <t>dnz_45@ukr.net</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>dnz10.ck.ua</t>
+          <t>https://teremok45.jimdo.com/</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Рисіч Вікторія Владиславівна</t>
+          <t>Директор Бакум Оксана Анатоліївна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №25 "Пізнайко" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №46 "Малюк" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>167467</v>
+        <v>167482</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ №25 "Пізнайко"</t>
+          <t>ЗДО № 46</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
-          <t>7110136700</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Майдану, 18</t>
+          <t>вулиця Ярослава Чалого, 57</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010259590</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(0472)669459</t>
+          <t>(0472)642242</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>dnz25@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S34" s="4"/>
+          <t>sadok46@ukr.net</t>
+        </is>
+      </c>
+      <c r="S34" s="4" t="inlineStr">
+        <is>
+          <t>dnz46.edukit.ck.ua</t>
+        </is>
+      </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Ратушна Валентина Василівна</t>
+          <t>Директор Пилипенко Віта Миколаївна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №39 "Щасливе дитинство" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №50 "Світлофорчик" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>167478</v>
+        <v>167483</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D35" s="4"/>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 50</t>
+        </is>
+      </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>7110100000</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нижня Горова, 56</t>
+          <t>вулиця Верхня Горова, 65</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(0472)721868</t>
+          <t>(0472)375057</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>sadok39@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S35" s="4"/>
+          <t>dnz50@ukr.net</t>
+        </is>
+      </c>
+      <c r="S35" s="4" t="inlineStr">
+        <is>
+          <t>svitloforchuk.ck.ua</t>
+        </is>
+      </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Бардик Анна Олегівна</t>
+          <t>Директор Прасол Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №43 "Морська хвиля" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №57 "Волошка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>167480</v>
+        <v>167486</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D36" s="4"/>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 57</t>
+        </is>
+      </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Різдвяна, 7а</t>
+          <t>вулиця Солом'янський, 73/1</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(0472)722226</t>
+          <t>(0472)715361</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>dnz43@ukr.net</t>
+          <t>dnz57home@ukr.net</t>
         </is>
       </c>
       <c r="S36" s="4" t="inlineStr">
         <is>
-          <t>http://dnz43.ck.ua/</t>
+          <t>voloshka.cherkassydnz.com</t>
         </is>
       </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Перетятько Світлана Валеріївна</t>
+          <t>Директор Коцюрба Наталія Станіславівна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №57 "Волошка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №59 "Зернятко" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>167486</v>
+        <v>167487</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ЗДО № 59</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Солом'янський, 73/1</t>
+          <t>вулиця Нарбутівська, 117</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(0472)715361</t>
+          <t>(0472)713994</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>dnz57home@ukr.net</t>
+          <t>dnz59@ukr.net</t>
         </is>
       </c>
       <c r="S37" s="4" t="inlineStr">
         <is>
-          <t>voloshka.cherkassydnz.com</t>
+          <t>http://dnz59.ck.sch.in.ua/</t>
         </is>
       </c>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Швиденко Альона Василівна</t>
+          <t>Директор Солоха Галина Володимирівна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №62 "Казка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №61 " Ягідка " Черкаської міської територальної громади</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>167490</v>
+        <v>167489</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D38" s="4"/>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 61</t>
+        </is>
+      </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нарбутівська, 204</t>
+          <t>вулиця Максима Залізняка, 93/1</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(0472)731696</t>
+          <t>(0472)644757</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>ds62skazka@gmail.com</t>
+          <t>dnz61@ukr.net</t>
         </is>
       </c>
       <c r="S38" s="4" t="inlineStr">
         <is>
-          <t>dnz62-kazka.site</t>
+          <t>www.dnz61.site</t>
         </is>
       </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Бельдій Лариса Григорівна</t>
+          <t>Директор Горохівська Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №73 "Мальвіна"Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №62 "Казка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>167496</v>
+        <v>167490</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D39" s="4"/>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 62</t>
+        </is>
+      </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумгаїтська, 57</t>
+          <t>вулиця Нарбутівська, 204</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(0472)665458</t>
+          <t>(0472)731696</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>dnz_73@ukr.net</t>
+          <t>ds62skazka@gmail.com</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
-          <t>malwina73.ucoz.com</t>
+          <t>dnz62-kazka.site</t>
         </is>
       </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Цегвінцева Альона Володимирівна</t>
+          <t>Директор Бельдій Лариса Григорівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №77 "Берізка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №69 "Росинка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>167499</v>
+        <v>167493</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D40" s="4"/>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 69</t>
+        </is>
+      </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 504</t>
+          <t>вулиця Смаглія, 4</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(0472)733805</t>
+          <t>(0472)335697</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>dnz77@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S40" s="4"/>
+          <t>sadrosinka69@ukr.net</t>
+        </is>
+      </c>
+      <c r="S40" s="4" t="inlineStr">
+        <is>
+          <t>dnz69.ck.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Шевченко Алла Сергіївна</t>
+          <t>Директор Шамрай Марина Вадимівна</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №81 "Незабудка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №72 "Струмочок" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>167501</v>
+        <v>167495</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D41" s="4"/>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 72</t>
+        </is>
+      </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благовісна, 272</t>
+          <t>вулиця Смілянська, 121</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(0472)312717</t>
+          <t>(0472)633930</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>dnz-81@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>strumochok72@ukr.net</t>
+        </is>
+      </c>
+      <c r="S41" s="4"/>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Надоложко Любов Володимирівна</t>
+          <t>Директор Фурса Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №84 "Вінні-Пух" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №77 "Берізка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>167503</v>
+        <v>167499</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D42" s="4"/>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 77</t>
+        </is>
+      </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Майдану, 11/1</t>
+          <t>вулиця Гоголя, 504</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(0472)661553</t>
+          <t>(0472)733805</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>dnz84@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnz77@ukr.net</t>
+        </is>
+      </c>
+      <c r="S42" s="4"/>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Колісник Тетяна Петрівна</t>
+          <t>Директор Шевченко Алла Сергіївна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №89 "Віночок" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №78 "Джерельце" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>167506</v>
+        <v>167500</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ЗДО №78</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
-          <t>7110136700</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тараскова, 8</t>
+          <t>вулиця Кобзарська, 38</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010259590</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(0472)667615</t>
+          <t>(0472)713565</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>dnz89-vinochok@ukr.net</t>
+          <t>dnz78d@ukr.net</t>
         </is>
       </c>
       <c r="S43" s="4" t="inlineStr">
         <is>
-          <t>vinochok.ck.ua</t>
+          <t>dnz78ck.ua</t>
         </is>
       </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Хижняк Юлія Володимирівна</t>
+          <t>Директор Борісова Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №90 " Весняночка" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №81 "Незабудка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>167507</v>
+        <v>167501</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D44" s="4"/>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 81</t>
+        </is>
+      </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Припортова, 12</t>
+          <t>вулиця Благовісна, 272</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(0472)723911</t>
+          <t>(0472)312717</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>DNZ_90@ukr.net</t>
+          <t>dnz-81@ukr.net</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>DNZ90.ck.ua</t>
+          <t>dnz81.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Крайсвітня Ірина Вікторівна</t>
+          <t>Директор Надоложко Любов Володимирівна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) комбінованого типу №91 "Кобзарик"Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №84 "Вінні-Пух" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>167508</v>
+        <v>167503</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D45" s="4"/>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 84</t>
+        </is>
+      </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Захисників Азовсталі, 4</t>
+          <t>вулиця Героїв Майдану, 11/1</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(0472)72-70-43</t>
+          <t>(0472)661553</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>dnz91@i.ua</t>
+          <t>dnz84@ukr.net</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
-          <t>https://dnz91.webnode.com.ua</t>
+          <t>dnz84.ucoz.net</t>
         </is>
       </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Бугайова Алла Петрівна</t>
+          <t>Директор Колісник Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) "Ор Авнер"</t>
+          <t>Заклад дошкільної освіти №87 "Дельфін" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>176307</v>
+        <v>167505</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ (ясла-садок) "Ор Авнер"</t>
+          <t>ЗДО № 87</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благовісна, 148</t>
+          <t>вулиця Сумгаїтська, 45</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(097)9474311</t>
+          <t>(0472)660735</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
-      <c r="R46" s="4"/>
-      <c r="S46" s="4"/>
+      <c r="R46" s="4" t="inlineStr">
+        <is>
+          <t>dnz87delfin@ukr.net</t>
+        </is>
+      </c>
+      <c r="S46" s="4" t="inlineStr">
+        <is>
+          <t>dolphin.ck.ua</t>
+        </is>
+      </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Вовк Тетяна Вікторівна</t>
+          <t>Директор Арбачевська Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) санаторного типу № 74 "Лісова пісня" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №89 "Віночок" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>167497</v>
+        <v>167506</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D47" s="4"/>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 89</t>
+        </is>
+      </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (санаторний)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>провулок Медичний, 14</t>
+          <t>вулиця Тараскова, 8</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA71080490010259590</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(0472)544628</t>
+          <t>(0472)667615</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>lisova_pisnya@ukr.net</t>
+          <t>dnz89-vinochok@ukr.net</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
-          <t>www.lisova-pisnya.ck.ua</t>
+          <t>vinochok.ck.ua</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Прокопенко Валентина Володимирівна</t>
+          <t>Директор Рямова Інна Миколаївна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок) спеціального типу №13 "Золотий ключик" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №90 " Весняночка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>167462</v>
+        <v>167507</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D48" s="4"/>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 90</t>
+        </is>
+      </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сінна, 7</t>
+          <t>вулиця Припортова, 12</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(0472)739333</t>
+          <t>(0472)723911</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>dnzS13@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S48" s="4"/>
+          <t>DNZ_90@ukr.net</t>
+        </is>
+      </c>
+      <c r="S48" s="4" t="inlineStr">
+        <is>
+          <t>DNZ90.ck.ua</t>
+        </is>
+      </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Тодоренко Тетяна Олександрівна</t>
+          <t>Директор Крайсвітня Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад (ясла-садок)№ 70 "Настуся" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти №91 "Кобзарик" Черкаськлї міської територіальної громади</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>167494</v>
+        <v>167508</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D49" s="4"/>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 91</t>
+        </is>
+      </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сумгаїтська, 55</t>
+          <t>вулиця Захисників Азовсталі, 4</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(0472)665613</t>
+          <t>(0472)72-70-43</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>dnz70@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S49" s="4"/>
+          <t>dnz91@i.ua</t>
+        </is>
+      </c>
+      <c r="S49" s="4" t="inlineStr">
+        <is>
+          <t>https://dnz91.webnode.com.ua</t>
+        </is>
+      </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Булатецька Тетяна Павлівна</t>
+          <t>Директор Бугайова Алла Петрівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний заклад /ясла-садок/ №50 "Світлофорчик" Черкаської міської ради</t>
+          <t>ЗАКЛАД ДОШКІЛЬНОЇ ОСВІТИ КОМБІНОВАНОГО ТИПУ ( ЯСЛА-САДОК) №27 "РОМАШКА" ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>167483</v>
+        <v>167468</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4"/>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Верхня Горова, 65</t>
+          <t>вулиця Верхня Горова, 54/1</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(0472)375057</t>
+          <t>(0472)333504</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>dnz50@ukr.net</t>
+          <t>dnz_27_@ukr.net</t>
         </is>
       </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
-          <t>svitloforchuk.ck.ua</t>
+          <t>dnz27romashka.wixsite.com/sadok</t>
         </is>
       </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Прасол Тетяна Іванівна</t>
+          <t>Директор Мірошник Діна Владиславівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Дошкільний навчальний залад (ясла-садок) №32 "Теремок" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти комбінованого типу (ясла-садок) № 23 "Струмок" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>167472</v>
+        <v>167466</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4"/>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>7110100000</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Благовісна, 235-а</t>
+          <t>провулок Черкаський, 12</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
           <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(0472)375380</t>
+          <t>(0472)641552</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>dnz_32_teretmok@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S51" s="4"/>
+          <t>dnz23@ukr.net</t>
+        </is>
+      </c>
+      <c r="S51" s="4" t="inlineStr">
+        <is>
+          <t>https://strumok.wixsite.com/dnz23</t>
+        </is>
+      </c>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>Завідувач Шевченко Інна Петрівна</t>
+          <t>Директор Калініченко Ольга Федорівна</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>ЗАКЛАД ДОШКІЛЬНОЇ ОСВІТИ КОМБІНОВАНОГО ТИПУ ( ЯСЛА-САДОК) №27 "РОМАШКА" ЧЕРКАСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Заклад дошкільної освіти комбінованого типу (ясла-садок) № 35 "Горобинка" Черкаської міської ради</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>167468</v>
+        <v>167475</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4"/>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Верхня Горова, 54/1</t>
+          <t>вулиця Кобзарська, 97</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(0472)333504</t>
+          <t>(0472)711055</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>dnz_27_@ukr.net</t>
+          <t>dnz35@ukr.net</t>
         </is>
       </c>
       <c r="S52" s="4" t="inlineStr">
         <is>
-          <t>dnz27romashka.wixsite.com/sadok</t>
+          <t>https://horobynkasad.wixsite.com/horobynka</t>
         </is>
       </c>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Мірошник Діна Владиславівна</t>
+          <t>Директор Бараненко Олена Андріївна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти комбінованого типу (ясла-садок) № 23 "Струмок" Черкаської міської ради</t>
+          <t>Заклад дошкільної освіти комбінованого типу (ясла-садок) №31 Калинка Черкаської міської ради</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>167466</v>
+        <v>167471</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4"/>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
-          <t>7110100000</t>
+          <t>7110136400</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>провулок Черкаський, 12</t>
+          <t>вулиця Митницька, 59</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010015879</t>
+          <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(0472)641552</t>
+          <t>(0472)630883</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>dnz23@ukr.net</t>
+          <t>dnz31@ukr.net</t>
         </is>
       </c>
       <c r="S53" s="4" t="inlineStr">
         <is>
-          <t>https://strumok.wixsite.com/dnz23</t>
+          <t>http://dnz31kalinka.at.ua/</t>
         </is>
       </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Калініченко Ольга Федорівна</t>
+          <t>Директор Лукаш Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти комбінованого типу (ясла-садок) № 35 "Горобинка" Черкаської міської ради</t>
+          <t>Заклад дошкільної осівти №73 "Перлинка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>167475</v>
+        <v>167496</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D54" s="4"/>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 73</t>
+        </is>
+      </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кобзарська, 97</t>
+          <t>вулиця Сумгаїтська, 57</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(0472)711055</t>
+          <t>(0472)665458</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>dnz35@ukr.net</t>
+          <t>dnz_73@ukr.net</t>
         </is>
       </c>
       <c r="S54" s="4" t="inlineStr">
         <is>
-          <t>https://horobynkasad.wixsite.com/horobynka</t>
+          <t>malwina73.ucoz.com</t>
         </is>
       </c>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Бараненко Олена Андріївна</t>
+          <t>Директор Цегвінцева Альона Володимирівна</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Заклад дошкільної освіти комбінованого типу (ясла-садок) №31 Калинка Черкаської міської ради</t>
+          <t>Заклада дошкільної освіти № 83 "Лісова казка" Черкаської міської територіальної громади</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>167471</v>
+        <v>167502</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D55" s="4"/>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>ЗДО № 83</t>
+        </is>
+      </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
-          <t>7110136400</t>
+          <t>7110100000</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Митницька, 59</t>
+          <t>вулиця Героїв Майдану, 3/1</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
-          <t>UA71080490010144486</t>
+          <t>UA71080490010015879</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(0472)630883</t>
+          <t>(0472)661647</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>dnz31@ukr.net</t>
+          <t>lisova_kazka@ukr.net</t>
         </is>
       </c>
       <c r="S55" s="4" t="inlineStr">
         <is>
-          <t>http://dnz31kalinka.at.ua/</t>
+          <t>dnz83.edukit.ck.ua</t>
         </is>
       </c>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Лукаш Оксана Володимирівна</t>
+          <t>Директор Подзігун Юлія Іванівна</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">