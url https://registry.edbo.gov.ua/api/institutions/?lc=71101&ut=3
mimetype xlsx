--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(047)2663410</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>specintzir@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>zir-school.ck.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Брик Людмила Володимирівна</t>
+          <t>В.о. директора Шевченко Інна Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -1522,51 +1522,51 @@
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(0472)724108</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>gymnasium31.ck@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
           <t>http://gymnasia31.ck.ua</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Шамара Сергій Олександрович</t>
+          <t>Директор Пилипюк Оксана Григорівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
@@ -4251,51 +4251,51 @@
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
           <t>(0472)315920</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
           <t>ssbschool18@gmail.com</t>
         </is>
       </c>
       <c r="S37" s="4"/>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Грищенко Василь Володимирович</t>
+          <t>Директор Бахарєва Наталія Євгеніївна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">