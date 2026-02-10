--- v1 (2025-12-07)
+++ v2 (2026-02-10)
@@ -517,51 +517,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(0472)715118</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>sanatorna.ck.2st@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://sanschool.ck.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Шарапа Людмила Володимирівна</t>
+          <t>В.о. директора Шарапа Людмила Володимирівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -630,51 +630,51 @@
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(047)2731921, (047)2732003</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>krainadobra.ck@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://krainadobra.ck.ua/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Зганяйко Ірина Францівна</t>
+          <t>В.о. директора Зганяйко Ірина Францівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
@@ -743,51 +743,51 @@
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти і науки Черкаської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(0472)372580</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>dytbudck@meta.ua</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>centr.dovidkove.com</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Пилипенко Марія Петрівна</t>
+          <t>В.о. директора Пилипенко Марія Петрівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
@@ -880,64 +880,64 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Приватна організація (Установа, Заклад) "Заклад загальної середньої освіти "Монтессорі фемелі"</t>
+          <t>Приватна організація (установа, заклад) "Заклад початкової освіти "МОНТЕССОРІ ФЕМЕЛІ"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>176543</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>ПО (У, З) "ЗЗСО "Монтессорі фемелі""</t>
+          <t>ПО (У, З) "ЗПО "МОНТЕССОРІ ФЕМЕЛІ"</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>7110136700</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
@@ -965,51 +965,51 @@
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(067)8000456</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>happy.education.ck@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>montessori.ck.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Городянко Лариса Олексіївна</t>
+          <t>Директор Кукла Тетяна Сергіївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -1041,51 +1041,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>7110136400</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Черкаська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Черкаси, Черкаська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пушкіна, 90</t>
+          <t>вулиця Праведниці Шулежко, 90</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA71080490010144486</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Черкаська обл., м. Черкаси</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та гуманітарної політики Черкаської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(047)2542933</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
@@ -5482,51 +5482,51 @@
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Черкаський фізико-математичний ліцей (ФІМЛІ) Черкаської міської ради Черкаської області</t>
+          <t>Черкаський науковий фізико-математичний ліцей "ФІМЛІ"</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
         <v>134551</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4"/>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>