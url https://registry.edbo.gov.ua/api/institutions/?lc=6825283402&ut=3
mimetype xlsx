--- v0 (2025-10-21)
+++ v1 (2025-12-10)
@@ -367,85 +367,81 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6825283402</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Черче, Чемеровецький район, Хмельницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жовтнева, 1</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68020290420014148</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Кам’янець-Подільський р-н, с. Черче</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Чемеровецької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03859)96522</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>chercheschol@gmail.com</t>
         </is>
       </c>
-      <c r="S2" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Т.в.о. директора Панат Маріна Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>