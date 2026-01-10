--- v0 (2025-11-06)
+++ v1 (2026-01-10)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Філія "Мар'янівська початкова школа" Гуківського ліцею, Гуківської сільської ради із дошкільним структурним підрозділом</t>
+          <t>Філія "Мар'янівська початкова школа" Гуківського ліцею Гуківської сільської ради Кам'янець-Подільського району Хмельницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>172513</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>ДНЗ Сонечко як дошкільний структурний підрозділ Марянівської початкової школи філія Гуківського ліцею</t>
+          <t>Марянівська початкової школи</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6825282004</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
@@ -396,51 +396,51 @@
         <is>
           <t>UA68020010060011892</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Кам’янець-Подільський р-н, с. Мар’янівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Гуківської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)5831268</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4"/>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Метельницька Марина Олександрівна</t>
+          <t>Завідувач філією Бабич Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>