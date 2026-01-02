--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Волице-Полівський ліцей Теофіпольської селищної ради</t>
+          <t>Волице-Полівський ліцей Теофіпольської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140705</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Волице-Полівський ліцей</t>
+          <t>Волице-Полівський ліцей Теофіпольської селищної ради</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6824781001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 12</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68040450100036667</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, с. Волиця-Польова</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Теофіпольська селищна рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)9663602</t>
+          <t>(068)2443288</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>volycjapolovazoch@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://volpoliova.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Гуменюк Людмила Петрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>