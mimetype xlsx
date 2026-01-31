--- v0 (2025-10-13)
+++ v1 (2026-01-31)
@@ -319,64 +319,64 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Теофіпольський ліцей №1 Теофіпольської селищної ради</t>
+          <t>Теофіпольський ліцей №1 Теофіпольської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137851</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Теофіпольський ліцей №1</t>
+          <t>Теофіпольський ліцей №1 Теофіпольської селищної ради</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6824755100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
@@ -432,64 +432,64 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Теофіпольський ліцей №2 Теофіпольської селищної ради</t>
+          <t>Теофіпольський ліцей №2 Теофіпольської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>137847</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Теофіпольський ліцей №2</t>
+          <t>Теофіпольський ліцей №2 Теофіпольської селищної ради</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>6824755100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
@@ -545,64 +545,64 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Теофіпольський ліцей №3 Теофіпольської селищної ради</t>
+          <t>Теофіпольський ліцей №3 Теофіпольської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>137848</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Теофіпольський ліцей №3</t>
+          <t>Теофіпольський ліцей №3 Теофіпольської селищної ради</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>6824755100</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>