--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68060110010014383</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Шепетівський р-н, с. Крупець</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Крупецька сільська рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(03842)57113</t>
+          <t>(067)3800617</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nvk.krupets@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://krupets-nvk.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Бережна Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>