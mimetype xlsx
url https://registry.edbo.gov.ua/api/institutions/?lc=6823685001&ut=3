--- v0 (2025-10-30)
+++ v1 (2026-03-17)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6823685001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Новолабунь, Полонський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дружби, 2</t>
+          <t>вулиця Баранова, 2а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68060210220015868</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Шепетівський р-н, с. Новолабунь</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Полонської міської ради об`єднаної територіальної громади</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(068)5439780</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">