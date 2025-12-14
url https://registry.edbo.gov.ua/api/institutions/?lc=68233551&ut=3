--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -617,51 +617,51 @@
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Кам’янець-Подільський р-н, с-ще Нова Ушиця</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Новоушицької селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(03847)21662</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>nu.lyceum.nu@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com</t>
+          <t>https://sites.google.com/view/liceum-nu/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Зваричук Алла Вікторівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>