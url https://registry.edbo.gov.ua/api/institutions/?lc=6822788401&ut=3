--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Севрюківська загальноосвітня школа І-ІІІ ступенів Антонінської селищної ради Хмельницького району Хмельницької області</t>
+          <t>Севрюківська гімназія Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>142379</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Севрюківська ЗОШ І-ІІІ ст.</t>
+          <t>Севрюківська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6822788401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Севрюки, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 28</t>
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, с. Севрюки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури і туризму Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03855)97734</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>sevruki1974@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Харчук Любов Володимирівна</t>
+          <t>Директор Харчук Любов Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>