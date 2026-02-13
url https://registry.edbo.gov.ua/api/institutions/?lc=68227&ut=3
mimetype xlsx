--- v0 (2025-11-15)
+++ v1 (2026-02-13)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$35</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y36"/>
+  <dimension ref="A1:Y35"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -1446,61 +1446,61 @@
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Корчівська гімназія Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>142345</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Корчівська ЗОШ І-ІІІ ст.</t>
+          <t>Корчівська гімназія</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>6822784301</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Корчівка, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 4</t>
@@ -1514,2781 +1514,2668 @@
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, с. Корчівка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури і туризму Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(067)5887630</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>korchivka2021@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Панасюк Павло Іванович</t>
+          <t>Директор Фагат Маргарита Василівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Котюржинецька гімназія з дошкільним підрозділом Заслучненської сільської ради Хмельницького району Хмельницької області</t>
+          <t>Кошелівський ліцей імені Володимира Федоровича Ковальчука Заслучненської сільської ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>143577</v>
+        <v>142253</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Котюржинецька гімназія з дошкільним підрозділом</t>
+          <t>Кошелівський ліцей ім.В.Ф.Ковальчука</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
-          <t>6822784401</t>
+          <t>6822787006</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
-          <t>с. Котюржинці, Красилівський район, Хмельницька область</t>
+          <t>с. Кошелівка, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 5</t>
+          <t>вулиця Молодіжна, 3-А</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
-          <t>UA68040170100069629</t>
+          <t>UA68040170110066870</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Котюржинці</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Кошелівка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Заслучненська сільська рада Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(098)0035140</t>
+          <t>(03855)92632, (097)8501605</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>kotyurzenci.school@gmail.com</t>
+          <t>koshelivka1.school@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>https://kotyurzenci.e-schools.info/</t>
+          <t>https://koshelivka-sh.e-schools</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Ястремська Надія Михайлівна</t>
+          <t>Директор Харук Олена Михайлівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Кошелівський ліцей імені Володимира Федоровича Ковальчука Заслучненської сільської ради Хмельницького району Хмельницької області</t>
+          <t>Красилівська гімназія №1 Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>142253</v>
+        <v>144488</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Кошелівський ліцей ім.В.Ф.Ковальчука</t>
+          <t>Красилівська гімназія №1</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
-          <t>6822787006</t>
+          <t>6822710100</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
-          <t>с. Кошелівка, Красилівський район, Хмельницька область</t>
+          <t>Красилів, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молодіжна, 3-А</t>
+          <t>вулиця Центральна, 38</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
-          <t>UA68040170110066870</t>
+          <t>UA68040210010032567</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Кошелівка</t>
+          <t>Хмельницька обл., Хмельницький р-н, м. Красилів</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
-          <t>Заслучненська сільська рада Хмельницького району Хмельницької області</t>
+          <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(03855)92632, (097)8501605</t>
+          <t>(03855)42704</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>koshelivka1.school@gmail.com</t>
+          <t>schl1@edu.kr.km.ua</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>https://koshelivka-sh.e-schools</t>
+          <t>https://schl1-krasyliv.e-schools.info/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Харук Олена Михайлівна</t>
+          <t>Директор Петренко Інна Дем'янівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Красилівська гімназія №1 Красилівської міської ради Хмельницької області</t>
+          <t>Красилівська гімназія №2 Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>144488</v>
+        <v>144489</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Красилівська гімназія №1</t>
+          <t>Красилівська гімназія №2</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>6822710100</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Красилів, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 38</t>
+          <t>вулиця Грушевського, 187</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA68040210010032567</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, м. Красилів</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(03855)42704</t>
+          <t>(03855)3-24-96</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>schl1@edu.kr.km.ua</t>
+          <t>schl2@edu.kr.km.ua</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>https://schl1-krasyliv.e-schools.info/</t>
+          <t>http://kr-school2.at.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Петренко Інна Дем'янівна</t>
+          <t>Директор Єфремов Віталій Геннадійович</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Красилівська гімназія №2 Красилівської міської ради Хмельницької області</t>
+          <t>Красилівська гімназія №3 Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>144489</v>
+        <v>144532</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Красилівська гімназія №2</t>
+          <t>Красилівська гімназія №3</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>6822710100</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Красилів, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського, 187</t>
+          <t>вулиця Центральна, 44</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA68040210010032567</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, м. Красилів</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(03855)3-24-96</t>
+          <t>(03855)42508</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>schl2@edu.kr.km.ua</t>
+          <t>schl3@edu.kr.km.ua</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>http://kr-school2.at.ua</t>
+          <t>https://sites.google.com/view/school3-krasyliv/</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Єфремов Віталій Геннадійович</t>
+          <t>Директор Шаховал Олександр Володимирович</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Красилівська гімназія №3 Красилівської міської ради Хмельницької області</t>
+          <t>Красилівська гімназія №4 імені Героя Радянського Союзу Петра Кізюна Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>144532</v>
+        <v>144533</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Красилівська гімназія №3</t>
+          <t>Красилівська гімназія №4 ім. П.Кізюна</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>6822710100</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Красилів, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 44</t>
+          <t>вулиця Шкільна, 8</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA68040210010032567</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, м. Красилів</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(03855)42508</t>
+          <t>(038)5542894</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>schl3@edu.kr.km.ua</t>
+          <t>school4kizuna@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/school3-krasyliv/</t>
+          <t>https://sites.google.com/view/krasyliv-school4kizuna/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Шаховал Олександр Володимирович</t>
+          <t>Директор Глущук Наталія Степанівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Красилівська гімназія №4 імені Героя Радянського Союзу Петра Кізюна Красилівської міської ради Хмельницької області</t>
+          <t>Красилівський ліцей Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>144533</v>
+        <v>144566</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Красилівська гімназія №4 ім. П.Кізюна</t>
+          <t>Красилівський ліцей</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>6822710100</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Красилів, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 8</t>
+          <t>вулиця Центральна, 38</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA68040210010032567</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, м. Красилів</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(038)5542894</t>
+          <t>(038)5542705</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>school4kizuna@ukr.net</t>
+          <t>schl5@edu.kr.km.ua</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/krasyliv-school4kizuna/</t>
+          <t>https://kvintograd.e-schools.info/</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Глущук Наталія Степанівна</t>
+          <t>Директор Ковальчук Олена Іванівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Красилівський ліцей Красилівської міської ради Хмельницької області</t>
+          <t>Кременчуківський ліцей Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>144566</v>
+        <v>142481</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Красилівський ліцей</t>
+          <t>Кременчуківський ліцей</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
-          <t>6822710100</t>
+          <t>6822784801</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
-          <t>Красилів, Красилівський район, Хмельницька область</t>
+          <t>с. Кременчуки, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 38</t>
+          <t>вулиця Каштанова, 14</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
-          <t>UA68040210010032567</t>
+          <t>UA68040010140039836</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, м. Красилів</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Кременчуки</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
+          <t>Відділ освіти, молоді, спорту, культури і туризму Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(038)5542705</t>
+          <t>(03855)91247</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>schl5@edu.kr.km.ua</t>
+          <t>kremenchuki@meta.ua</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>https://kvintograd.e-schools.info/</t>
+          <t>https://sites.google.com/site/kremencukivskaskola/home</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковальчук Олена Іванівна</t>
+          <t>Директор Синиця Василь Іванович</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Кременчуківський ліцей Антонінської селищної ради Хмельницького району Хмельницької області</t>
+          <t>Кузьминський ліцей Щиборівської сільської ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>142481</v>
+        <v>142835</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Кременчуківський ліцей</t>
+          <t>Кузьминський ліцей</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
-          <t>6822784801</t>
+          <t>6822785501</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
-          <t>с. Кременчуки, Красилівський район, Хмельницька область</t>
+          <t>с. Кузьмин, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Каштанова, 14</t>
+          <t>вулиця Шкільна, 2</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
-          <t>UA68040010140039836</t>
+          <t>UA68040510030059373</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Кременчуки</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Кузьмин</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури і туризму Антонінської селищної ради Хмельницького району Хмельницької області</t>
+          <t>Щиборівська сільська рада Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(03855)91247</t>
+          <t>(03855)94171</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>kremenchuki@meta.ua</t>
+          <t>kuzmynskijlicej@gmail.com</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/kremencukivskaskola/home</t>
+          <t>https://kuzmin.e-schools.info</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Синиця Василь Іванович</t>
+          <t>Директор Білявець Ірина Василівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Кузьминський ліцей Щиборівської сільської ради Хмельницького району Хмельницької області</t>
+          <t>Кульчинівська гімназія Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>142835</v>
+        <v>141908</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Кузьминський ліцей</t>
+          <t>Кульчинівська гімназія</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>6822785501</t>
+          <t>6822785801</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
-          <t>с. Кузьмин, Красилівський район, Хмельницька область</t>
+          <t>с. Кульчини, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 2</t>
+          <t>вулиця Центральна, 12</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA68040510030059373</t>
+          <t>UA68040210150045162</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Кузьмин</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Кульчини</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Щиборівська сільська рада Хмельницького району Хмельницької області</t>
+          <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(03855)94171</t>
+          <t>(038)5596138</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>kuzmynskijlicej@gmail.com</t>
+          <t>kulchini@edu.kr.km.ua</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>https://kuzmin.e-schools.info</t>
+          <t>https://kulchini.ru.gg/</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Білявець Ірина Василівна</t>
+          <t>Директор Яблонський Петро Васильович</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Кульчинівська гімназія Красилівської міської ради Хмельницької області</t>
+          <t>Кульчинківська гімназія Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>141908</v>
+        <v>141914</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Кульчинівська гімназія</t>
+          <t>Кульчинківська гімназія</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
-          <t>6822785801</t>
+          <t>6822786001</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
-          <t>с. Кульчини, Красилівський район, Хмельницька область</t>
+          <t>с. Кульчинки, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 12</t>
+          <t>вулиця Незалежності, 55-Д</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
-          <t>UA68040210150045162</t>
+          <t>UA68040210160045338</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Кульчини</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Кульчинки</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(038)5596138</t>
+          <t>(038)5597138</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>kulchini@edu.kr.km.ua</t>
+          <t>kulchinki@gmail.com</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>https://kulchini.ru.gg/</t>
+          <t>https://kulchinki.e-schools.info/</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Яблонський Петро Васильович</t>
+          <t>Директор Вовк Діана Юхимівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Кульчинківська гімназія Красилівської міської ради Хмельницької області</t>
+          <t>Лагодинецька гімназія Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>141914</v>
+        <v>142288</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Кульчинківська гімназія</t>
+          <t>Лагодинецька гімназія</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>6822786001</t>
+          <t>6822786201</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
-          <t>с. Кульчинки, Красилівський район, Хмельницька область</t>
+          <t>с. Лагодинці, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Незалежності, 55-Д</t>
+          <t>вулиця Центральна, 2</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
-          <t>UA68040210160045338</t>
+          <t>UA68040210170060101</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Кульчинки</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Лагодинці</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(038)5597138</t>
+          <t>(068)0130293</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>kulchinki@gmail.com</t>
+          <t>lagodinci1@i.ua</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>https://kulchinki.e-schools.info/</t>
+          <t>http://lagodyntsi-school.edukit.km.ua/</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Вовк Діана Юхимівна</t>
+          <t>Директор Філіпчук Ніна Василівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Лагодинецька гімназія Красилівської міської ради Хмельницької області</t>
+          <t>Митинецька гімназія Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>142288</v>
+        <v>142346</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Лагодинецька гімназія</t>
+          <t>Митинецька гімназія</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
-          <t>6822786201</t>
+          <t>6822787401</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
-          <t>с. Лагодинці, Красилівський район, Хмельницька область</t>
+          <t>с. Митинці, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 2</t>
+          <t>вулиця Центральна, 83-Б</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
-          <t>UA68040210170060101</t>
+          <t>UA68040210190087010</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Лагодинці</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Митинці</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(068)0130293</t>
+          <t>(03855)96424</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>lagodinci1@i.ua</t>
+          <t>mitinci@edu.kr.km.ua</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://lagodyntsi-school.edukit.km.ua/</t>
+          <t>https://mitinci-school.webnode.com.ua</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Філіпчук Ніна Василівна</t>
+          <t>Директор Ніколаєнко Ірина Яківна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Митинецька гімназія Красилівської міської ради Хмельницької області</t>
+          <t>Михайловецька загальноосвітня школа I-III ступенів Щиборівської сільської ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>142346</v>
+        <v>143861</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Митинецька гімназія</t>
+          <t>Михайловецька ЗОШ І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>6822787401</t>
+          <t>6822787201</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
-          <t>с. Митинці, Красилівський район, Хмельницька область</t>
+          <t>с. Михайлівці, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 83-Б</t>
+          <t>вулиця 1 Травня, 1</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA68040210190087010</t>
+          <t>UA68040510040036662</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Митинці</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Михайлівці</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
+          <t>Щиборівська сільська рада Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(03855)96424</t>
+          <t>(03855)92123</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>mitinci@edu.kr.km.ua</t>
+          <t>mihaylivci@edu.kr.km.ua</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>https://mitinci-school.webnode.com.ua</t>
+          <t>https://mykhailivtsi.e-schools.info/</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Ніколаєнко Ірина Яківна</t>
+          <t>Директор Мазурок Світлана Петрівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Михайловецька загальноосвітня школа I-III ступенів Щиборівської сільської ради Хмельницького району Хмельницької області</t>
+          <t>Печеська гімназія Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>143861</v>
+        <v>142398</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Михайловецька ЗОШ І-ІІІ ст.</t>
+          <t>Печеська гімназія</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
-          <t>6822787201</t>
+          <t>6822787901</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
-          <t>с. Михайлівці, Красилівський район, Хмельницька область</t>
+          <t>с. Печеське, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1 Травня, 1</t>
+          <t>вулиця Миру, 24</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
-          <t>UA68040510040036662</t>
+          <t>UA68040210240060996</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Михайлівці</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Печеське</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
-          <t>Щиборівська сільська рада Хмельницького району Хмельницької області</t>
+          <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(03855)92123</t>
+          <t>(099)3249327</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>mihaylivci@edu.kr.km.ua</t>
+          <t>pecheske@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>https://mykhailivtsi.e-schools.info/</t>
+          <t>https://pecheske.e-schools.info</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Мазурок Світлана Петрівна</t>
+          <t>Директор Паращук Тетяна Павлівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Печеська гімназія Красилівської міської ради Хмельницької області</t>
+          <t>Радісненський ліцей Щиборівської сільської ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>142398</v>
+        <v>142836</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Печеська гімназія</t>
+          <t>Радісненський ліцей</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
-          <t>6822787901</t>
+          <t>6822789504</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
-          <t>с. Печеське, Красилівський район, Хмельницька область</t>
+          <t>с. Радісне, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 24</t>
+          <t>вулиця Центральна, 52</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
-          <t>UA68040210240060996</t>
+          <t>UA68040510070081746</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Печеське</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Радісне</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
+          <t>Щиборівська сільська рада Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(099)3249327</t>
+          <t>(03855)95519</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>pecheske@ukr.net</t>
+          <t>radisne@edu.kr.km.ua</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>https://pecheske.e-schools.info</t>
+          <t>https://radisne.e-schools.info</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Паращук Тетяна Павлівна</t>
+          <t>Директор Кругляк Наталія Петрівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Радісненський ліцей Щиборівської сільської ради Хмельницького району Хмельницької області</t>
+          <t>Росолівецький ліцей Старокостянтинівської міської ради</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>142836</v>
+        <v>142378</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Радісненський ліцей</t>
+          <t>Росолівецький ліцей</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
-          <t>6822789504</t>
+          <t>6822788201</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
-          <t>с. Радісне, Красилівський район, Хмельницька область</t>
+          <t>с. Росолівці, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 52</t>
+          <t>вулиця Центральна, 7</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
-          <t>UA68040510070081746</t>
+          <t>UA68040390590038275</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Радісне</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Росолівці</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
-          <t>Щиборівська сільська рада Хмельницького району Хмельницької області</t>
+          <t>Управління освіти виконавчого комітету Старокостянтинівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(03855)95519</t>
+          <t>(067)6809378</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>radisne@edu.kr.km.ua</t>
+          <t>rosolivtsi@gmail.com</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>https://radisne.e-schools.info</t>
+          <t>https://sites.google.com/site/sajtrosoloveckoiezos/</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Кругляк Наталія Петрівна</t>
+          <t>Директор Ковальчук Валентина Анатоліївна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Росолівецький ліцей Старокостянтинівської міської ради</t>
+          <t>Севрюківська гімназія Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>142378</v>
+        <v>142379</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Росолівецький ліцей</t>
+          <t>Севрюківська гімназія</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
-          <t>6822788201</t>
+          <t>6822788401</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
-          <t>с. Росолівці, Красилівський район, Хмельницька область</t>
+          <t>с. Севрюки, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 7</t>
+          <t>вулиця Шкільна, 28</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
-          <t>UA68040390590038275</t>
+          <t>UA68040010280025751</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Росолівці</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Севрюки</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконавчого комітету Старокостянтинівської міської ради Хмельницької області</t>
+          <t>Відділ освіти, молоді, спорту, культури і туризму Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(067)6809378</t>
+          <t>(03855)97734</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>rosolivtsi@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>sevruki1974@gmail.com</t>
+        </is>
+      </c>
+      <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковальчук Валентина Анатоліївна</t>
+          <t>Директор Харчук Любов Володимирівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Севрюківська загальноосвітня школа І-ІІІ ступенів Антонінської селищної ради Хмельницького району Хмельницької області</t>
+          <t>Слобідко-Красилівська початкова школа Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>142379</v>
+        <v>142421</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Севрюківська ЗОШ І-ІІІ ст.</t>
+          <t>Слобідко-Красилівська початкова школа</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
-          <t>6822788401</t>
+          <t>6822789802</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
-          <t>с. Севрюки, Красилівський район, Хмельницька область</t>
+          <t>с. Слобідка-Красилівська, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 28</t>
+          <t>вулиця Клубна, 1а</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
-          <t>UA68040010280025751</t>
+          <t>UA68040210260040741</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Севрюки</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Слобідка-Красилівська</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури і туризму Антонінської селищної ради Хмельницького району Хмельницької області</t>
+          <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(03855)97734</t>
+          <t>(03855)91596</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>sevruki1974@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S30" s="4"/>
+          <t>slobidka@edu.kr.km.ua</t>
+        </is>
+      </c>
+      <c r="S30" s="4" t="inlineStr">
+        <is>
+          <t>https://slkrkm.webnode.com.ua/</t>
+        </is>
+      </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Харчук Любов Володимирівна</t>
+          <t>В.о. директора Скемська Алла Володимирівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Слобідко-Красилівська початкова школа Красилівської міської ради Хмельницької області</t>
+          <t>Терешківський ліцей Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>142421</v>
+        <v>141905</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Слобідко-Красилівська початкова школа</t>
+          <t>Терешківський ліцей</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
-          <t>6822789802</t>
+          <t>6822788801</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
-          <t>с. Слобідка-Красилівська, Красилівський район, Хмельницька область</t>
+          <t>с. Терешки, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Клубна, 1а</t>
+          <t>вулиця Перемоги, 1</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
-          <t>UA68040210260040741</t>
+          <t>UA68040010290061584</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Слобідка-Красилівська</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Терешки</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
+          <t>Відділ освіти, молоді, спорту, культури і туризму Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(03855)91596</t>
+          <t>(03855)9-95-25</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>slobidka@edu.kr.km.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>tereshkilicey@ukr.net</t>
+        </is>
+      </c>
+      <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Скемська Алла Володимирівна</t>
+          <t>Директор Жарчинська Надія Богданівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Терешківський ліцей Антонінської селищної ради Хмельницького району Хмельницької області</t>
+          <t>Федорівський ліцей Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>141905</v>
+        <v>142397</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Терешківський ліцей</t>
+          <t>Федорівський ліцей</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
-          <t>6822788801</t>
+          <t>6822786604</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
-          <t>с. Терешки, Красилівський район, Хмельницька область</t>
+          <t>с. Федорівка, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Перемоги, 1</t>
+          <t>вулиця Центральна, 1</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
-          <t>UA68040010290061584</t>
+          <t>UA68040010320044024</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Терешки</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Федорівка</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури і туризму Антонінської селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(03855)9-95-25</t>
+          <t>(03855)9-22-32</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>tereshkilicey@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S32" s="4"/>
+          <t>fedorivkaskola@gmail.com</t>
+        </is>
+      </c>
+      <c r="S32" s="4" t="inlineStr">
+        <is>
+          <t>https://www.webnode.com.ua</t>
+        </is>
+      </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Жарчинська Надія Богданівна</t>
+          <t>Директор Михальчук Марія Григорівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Федорівський ліцей Антонінської селищної ради Хмельницького району Хмельницької області</t>
+          <t>Чепелівська гімназія імені Петра Шемчука Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>142397</v>
+        <v>141971</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Федорівський ліцей</t>
+          <t>Чепелівська гімназія ім.П.Шемчука</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
-          <t>6822786604</t>
+          <t>6822789101</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
-          <t>с. Федорівка, Красилівський район, Хмельницька область</t>
+          <t>с. Чепелівка, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1</t>
+          <t>вулиця Петра Шемчука, 40</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
-          <t>UA68040010320044024</t>
+          <t>UA68040210290091704</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Федорівка</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Чепелівка</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури і туризму Антонінської селищної ради Хмельницького району Хмельницької області</t>
+          <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(03855)9-22-32</t>
+          <t>(03855)94644</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>fedorivkaskola@gmail.com</t>
+          <t>chepelivka@edu.kr.km.ua</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>https://www.webnode.com.ua</t>
+          <t>https://sites.google.com/site/chepelivkaschool/</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Михальчук Марія Григорівна</t>
+          <t>Директор Островська Світлана Петрівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Чепелівська гімназія імені Петра Шемчука Красилівської міської ради Хмельницької області</t>
+          <t>Чернелівська гімназія імені Героя Радянського Союзу Омеляна Йосиповича Михайлюка Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>141971</v>
+        <v>142078</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Чепелівська гімназія ім.П.Шемчука</t>
+          <t>Чернелівська гімназія ім.О.Михайлюка</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
-          <t>6822789101</t>
+          <t>6822789201</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
-          <t>с. Чепелівка, Красилівський район, Хмельницька область</t>
+          <t>с. Чернелівка, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Петра Шемчука, 40</t>
+          <t>вулиця Шкільна, 1</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
-          <t>UA68040210290091704</t>
+          <t>UA68040210300097582</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Чепелівка</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Чернелівка</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(03855)94644</t>
+          <t>(03855)99348</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>chepelivka@edu.kr.km.ua</t>
+          <t>chernelivka@edu.kr.rm</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/chepelivkaschool/</t>
+          <t>https://chernelivka.e-schools.info/</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Островська Світлана Петрівна</t>
+          <t>Директор Стецюк Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Чернелівська гімназія імені Героя Радянського Союзу Омеляна Йосиповича Михайлюка Красилівської міської ради Хмельницької області</t>
+          <t>Щиборівський ліцей Щиборівської сільської ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>142078</v>
+        <v>142420</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Чернелівська гімназія ім.О.Михайлюка</t>
+          <t>Щиборівський ліцей</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
-          <t>6822789201</t>
+          <t>6822789501</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
-          <t>с. Чернелівка, Красилівський район, Хмельницька область</t>
+          <t>с. Щиборівка, Красилівський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 1</t>
+          <t>вулиця Зелена, 3-А</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
-          <t>UA68040210300097582</t>
+          <t>UA68040510010099288</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
-          <t>Хмельницька обл., Хмельницький р-н, с. Чернелівка</t>
+          <t>Хмельницька обл., Хмельницький р-н, с. Щиборівка</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Красилівської міської ради Хмельницької області</t>
+          <t>Щиборівська сільська рада Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(03855)99348</t>
+          <t>(03855)9-37-35</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>chernelivka@edu.kr.rm</t>
+          <t>schiborivka@edu.kr.km.ua</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>https://chernelivka.e-schools.info/</t>
+          <t>https://schiborivka.e-schools.info/</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Стецюк Тетяна Вікторівна</t>
+          <t>Директор Кравчук Віктор Романович</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
-[...111 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y36"/>
+  <autoFilter ref="A1:Y35"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>