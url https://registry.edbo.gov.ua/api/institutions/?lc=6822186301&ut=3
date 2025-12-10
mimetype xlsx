--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Колгоспна, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68060090390095224</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Шепетівський р-н, с. Ріпки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ізяславської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(097)8885697</t>
+          <t>(096)7853736</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>ripkyschkola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/ripkyschool</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Дручик Сергій Володимирович</t>
+          <t>Директор Головатий Володимир Миколайович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>