--- v0 (2025-11-04)
+++ v1 (2026-03-14)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ізяславської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)3143970</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>myhniv_school@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/mykhnivschool1862/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Миронов Василь Анатолійович</t>
+          <t>В.о. директора Царук Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>