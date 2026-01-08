--- v0 (2025-10-26)
+++ v1 (2026-01-08)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6822110100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Ізяслав, Ізяславський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Б.Хмельницького, 15</t>
+          <t>вулиця Хмельницького Б., 15</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68060090010061527</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Шепетівський р-н, м. Ізяслав</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ізяславської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)3275044</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
@@ -706,51 +706,51 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>6822110100</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Ізяслав, Ізяславський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Микитюка, 106 Ї</t>
+          <t>вулиця Микитюка Миколи, 106 Ї</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA68060090010061527</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Шепетівський р-н, м. Ізяслав</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ізяславської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(03852)26534</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">