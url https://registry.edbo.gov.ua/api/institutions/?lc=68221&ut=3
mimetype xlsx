--- v0 (2025-12-13)
+++ v1 (2026-03-12)
@@ -2438,51 +2438,51 @@
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ізяславської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(097)3143970</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>myhniv_school@i.ua</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/mykhnivschool1862/</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Миронов Василь Анатолійович</t>
+          <t>В.о. директора Царук Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">