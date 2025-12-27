--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6821887701</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Рудка, Дунаєвецький район, Хмельницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця 1 Травня, 7</t>
+          <t>вулиця Сонячна, 7</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68020250080057361</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Кам’янець-Подільський р-н, с. Рудка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Смотрицька селищна рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)3596215</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">