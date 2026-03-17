--- v0 (2025-10-17)
+++ v1 (2026-03-17)
@@ -332,51 +332,51 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Балинський ліцей Смотрицької селищної ради Кам'янець-Подільського району Хмельницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140095</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Балинський ліцей Смотрицької селищної ради Хмельницької області</t>
+          <t>Балинський ліцей Смотрицької селищної ради Кам'янець-Подільського району Хмельницької області</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6821880301</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Смотрицька селищна рада</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03858)92649</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>balin2013@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://balin.dun.km.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Зборовська Олена Сергіївна</t>
+          <t>Директор Біла Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>