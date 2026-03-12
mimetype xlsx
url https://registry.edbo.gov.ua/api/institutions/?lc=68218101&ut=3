--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, молоді та спорту Дунаєвецької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)9447618</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>dungimn@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://dun1.eddy.school</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Чекман Юрій Петрович</t>
+          <t>Т.в.о. директора Севастьянова Інна Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">