--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Деражнянської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03856)21345</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Lozove_zosh@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://lozove-zosh.km.sch.in.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Жук Олена Анатоліївна</t>
+          <t>Директор Кримінська Інна Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>