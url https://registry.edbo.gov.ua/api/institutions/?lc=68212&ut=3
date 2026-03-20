--- v0 (2025-12-15)
+++ v1 (2026-03-20)
@@ -1401,74 +1401,74 @@
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Жищинецький ліцей Городоцької міської ради Хмельницької області</t>
+          <t>Жищинецька гімназія Городоцької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>139471</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Жищинецький ліцей</t>
+          <t>Жищинецька гімназія</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>6821282201</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Жищинці, Городоцький район, Хмельницька область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
           <t>вулиця Грушевського, 14</t>
@@ -1946,74 +1946,74 @@
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Кузьминський ліцей Городоцької міської ради Хмельницької області</t>
+          <t>Кузьминська гімназія Городоцької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>139470</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Кузьминський ліцей</t>
+          <t>Кузьминська гімназія</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>6821283601</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>с. Кузьмин, Городоцький район, Хмельницька область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
           <t>площа Шевченка, 4</t>
@@ -2927,74 +2927,74 @@
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Чорнивідський ліцей Городоцької міської ради Хмельницької області</t>
+          <t>Чорнивідська гімназія Городоцької міської ради Хмельницької області</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
         <v>140226</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Чорнивідський ліцей</t>
+          <t>Чорнивідська гімназія</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>6821289001</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>с. Чорниводи, Городоцький район, Хмельницька область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 14</t>