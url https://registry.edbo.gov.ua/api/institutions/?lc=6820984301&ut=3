--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Шмирки, Волочиський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 4</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68040310150048317</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, с. Шмирки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Наркевицька селищна рада Волочиського району Хмельницької області</t>
+          <t>Наркевицька селищна рада Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)2759153</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>shmzosh@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://shmzosh2011.ucoz.ru</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Гуляк Олег Адамович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>