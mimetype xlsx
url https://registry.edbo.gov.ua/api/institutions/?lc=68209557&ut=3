--- v0 (2025-10-25)
+++ v1 (2026-01-30)
@@ -342,103 +342,103 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Наркевицький ліцей Наркевицької селищної ради Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140111</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Наркевицький ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>6820955700</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Наркевичі, Волочиський район, Хмельницька область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Польового Максима, 8</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68040310010048596</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, с-ще Наркевичі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Наркевицька селищна рада Волочиського району Хмельницької області</t>
+          <t>Наркевицька селищна рада Хмельницького району Хмельницької області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)8543809</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>narzosh@i.ua</t>
+          <t>narzosh2@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Мельник Олександр Іванович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>