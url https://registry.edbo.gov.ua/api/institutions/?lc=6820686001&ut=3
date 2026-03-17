--- v0 (2025-10-30)
+++ v1 (2026-03-17)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68040050220093031</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, с. Охрімівці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Віньковецької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03846)24438, (03846)24479</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>shkola07ohrim@i.ua</t>
+          <t>shkola07ohrim@vinkivci-osvita.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://ohrimhcol.ucoz.ua</t>
+          <t>https://ohrimshkol.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Нахвальна Наталія Валеріївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>