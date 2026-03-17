--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68040050210020104</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, с. Осламів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Віньковецької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03846)26147</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>shkola06oslamiv@i.ua</t>
+          <t>shkola06oslamiv@vinkivci-osvita.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://oslamivschool.e-schools.info</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Яковишина Аліна Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>