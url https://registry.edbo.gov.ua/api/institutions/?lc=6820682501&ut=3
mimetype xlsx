--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -394,54 +394,58 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68040050100046933</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, с. Дашківці</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Віньковецької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03846)27-4-21, (097)9996360</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>shkola02dashk@i.ua</t>
-[...2 lines deleted...]
-      <c r="S2" s="4"/>
+          <t>shkola02dashk@vinkivci-osvita.gov.ua</t>
+        </is>
+      </c>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>https://nvk-dashkivci.e-schools.info/</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Ладняк Аліса Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>