--- v0 (2025-11-05)
+++ v1 (2026-03-17)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA68040050040019479</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Хмельницька обл., Хмельницький р-н, с. Великий Олександрів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Віньковецької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(03846)26593</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>shkola10velykyi@i.ua</t>
+          <t>shkola10velykyi@vinkivci-osvita.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://vel-olschool.org.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Атаманюк Любов Олексіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>